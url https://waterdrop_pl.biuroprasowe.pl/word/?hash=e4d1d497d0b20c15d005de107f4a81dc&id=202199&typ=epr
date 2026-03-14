--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -26,51 +26,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="600" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Polacy piją dwa razy mniej wody niż Europejczycy, a prawie co czwarty wybiera ją z plastiku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="500" w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Większość Polaków nadal nie przyjmuje zalecanej dawki spożycia wody na dobę. Z najnowszego badania przeprowadzonego przez firmę Waterdrop w regionie Europy Środkowo-Wschodniej, wynika, że 46,1 proc. Polaków spożywa jej zaledwie około 1 litra dziennie. Jedynie 31,7 proc. respondentów wybiera 2 litry. Natomiast aż 22,2 proc. ankietowanych pije jedynie więcej lub mniej niż dwie szklanki wody. Tak niewielką ilość spożywa u nas prawie dwa razy więcej osób niż w europejskich krajach, w których odbyło się badanie. Jednocześnie, w Polsce aż 65,4 proc. wybiera wodę filtrowaną lub z kranu, a 23,6 proc. respondentów preferuje plastikowe butelki.</w:t>
+        <w:t xml:space="preserve">Większość Polaków nadal nie przyjmuje zalecanej dawki spożycia wody na dobę. Z najnowszego badania przeprowadzonego przez firmę Waterdrop w regionie Europy Środkowo-Wschodniej, wynika, że 46,1 proc. Polaków spożywa jej zaledwie około 1 litra dziennie. Jedynie 31,7 proc. respondentów wybiera 2 litry. Natomiast aż 22,2 proc. ankietowanych pije do dwóch szklanek wody. Tak niewielką ilość spożywa u nas prawie dwa razy więcej osób niż w europejskich krajach, w których odbyło się badanie. Jednocześnie, w Polsce aż 65,4 proc. wybiera wodę filtrowaną lub z kranu, a 23,6 proc. respondentów preferuje plastikowe butelki.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Właściwie nawodnienie jest niezbędne dla prawidłowego funkcjonowania organizmu. Jednak jak wynika z </w:t>
       </w:r>
@@ -163,68 +163,68 @@
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Według Europejskiego urzędu do spraw Bezpieczeństwa Żywności, dorosła kobieta powinna pić przynajmniej 2 litry na dzień, a mężczyzna 2,5 litra. Firma </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Waterdrop</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> postanowiła sprawdzić najnowsze dane na temat tego, ile Polacy oraz mieszkańcy innych europejskich krajów spożywają wody. Badanie wykazało, że 13,7 proc. osób, spożywa więcej niż dwie szklanki wody dziennie, a </w:t>
+        <w:t xml:space="preserve"> postanowiła sprawdzić najnowsze dane na temat tego, ile Polacy oraz mieszkańcy innych europejskich krajów spożywają wody. Badanie wykazało, że 13,7 proc. osób, spożywa dwie szklanki wody dziennie, a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">aż 8,5 proc. pije mniej niż dwie szklanki.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Wyniki ankiety wskazują również na to, że nad Wisłą spożywa się najmniej wody na tle innych badanych państw. Aż 22,2 proc. naszych rodaków pije jedynie więcej niż dwie szklanki dziennie lub mniej. Dla porównania, w innych krajach odsetek osób spożywających jej tak mało jest o wiele niższy. W Słowacji wynosi 14,78 proc., w Rumunii 12,5 proc., w Czechach 9,9 proc. i na Węgrzech 9,3 proc. </w:t>
+        <w:t xml:space="preserve"> Wyniki ankiety wskazują również na to, że nad Wisłą spożywa się najmniej wody na tle innych badanych państw. Dla porównania, w innych krajach odsetek osób spożywających jej tak mało jest o wiele niższy. W Słowacji wynosi 14,78 proc., w Rumunii 12,5 proc., w Czechach 9,9 proc. i na Węgrzech 9,3 proc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Rumuni wolą wodę z plastiku, Czesi z kranu lub filtrowaną, a w Polsce preferencje są bardziej różnorodne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>